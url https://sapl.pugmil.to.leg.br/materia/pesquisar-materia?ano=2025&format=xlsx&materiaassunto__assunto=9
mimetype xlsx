--- v0 (2025-11-10)
+++ v1 (2026-01-28)
@@ -10,222 +10,306 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="81">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>ANGELO MARIO PEREIRA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/32/projeto_de_lei_05_executivo_aprovado20250319_09295000.pdf</t>
   </si>
   <si>
     <t>ALTERA PPA/LDO/LOA PARA O EXERCÍCIO FINANCEIRO DE 2025 E AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/323/projeto_de_lei_n_011-2025.pdf</t>
+  </si>
+  <si>
     <t>ALTERA A LEI MUNICIPAL Nº 383 DE 11 DE DEZEMBRO DE 2023 QUE DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE PUGMIL – TO, CRIA O CONSELHO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/321/projeto_de_lei_n_012-2025.pdf</t>
+  </si>
+  <si>
     <t>Altera os Anexos I e II da Lei 243, de 18 de dezembro de 2017 que dispõe sobre a organização da Estrutura Administrativa do Poder Executivo do Município de Pugmil e dá outras providências”.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/412/projeto_de_lei_n_025-2025.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/412/projeto_de_lei_n_025-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO – COMTUR E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Raynne Cabral Carneiro</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/4/requerimento_no_14-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que o Poder Executivo conceda um aumento de salario aos motoristas do Município.</t>
   </si>
   <si>
     <t>Elmir Oliveira da Silva</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/5/requerimento_no_15-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo institua o fundo Municipal da habitação a fim de conseguir condições de promover ações de moradia neste Município.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/</t>
+  </si>
+  <si>
     <t>Solicita que  seja viabilizado o pagamento das progressões verticais  dos servidores efetivos do Quadro geral da saúde de Pugmil.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/26/requerimento_no_38-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja providenciado pagamento da Data-base dos servidores efetivos do quadro  Geral, Educação  e da Saúde, deste Município de pugmil, ainda este mes de Março.</t>
   </si>
   <si>
     <t>Marco Antonio de Castro</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/40/requerimento_no_40-2025.pdf</t>
+  </si>
+  <si>
     <t>solicita que quando implantar o Fundo Municipal de Habitação, que seja priorizado a doação de casas populares aos servidores públicos do município, que tenham remuneração de até um salário mínimo e meio, es que não possuam casa própria.</t>
   </si>
   <si>
     <t>Fabiano Peixoto Cardoso</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/41/requerimento_no_41-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja viabilizada com a máxima urgência, o pagamento de ADICIONAL NOTURNO às Conselheiras Tutelares de Pugmil – Tocantins.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/43/requerimento_no_43-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja viabilizada com a máxima urgência, o pagamento de ADICIONAL NOTURNO e de INSALUBRIDADE aos funcionários da Casa de Abrigo, pois, esses servidores  trabalham em turno de 24 horas por dia, e que além de serem cuidadores, são também responsável pela preparação dos alimentos e executar a higiene e a limpeza da casa.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/137/requerimento_no_48-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita informações sobre a geração de energia renovável (solar) implantada por esse Município, em relação à produção em kW por mês, consumo mensal, e aplicada da sobra ou excedente da energia gerada e não consumida pelos órgãos públicos do município, além disso se o Município executa algum programa social que beneficie alguma classe da nossa população, com esse excedente?</t>
   </si>
   <si>
     <t>Solicita que  viabilize a aquisição de dois aparelhos de AR Condicionado, para serem instalados, um na sala da Polícia Militar e outro para a sala da Polícia Civil.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/164/requerimento_n_55-2025.pdf</t>
+  </si>
+  <si>
     <t>Seja encaminhado expediente à Secretaria de Assistência Social deste Município, solicitando que seja viabilizada a aquisição de 600 (seiscentas) cestas básicas, para serem distribuídas às famílias carentes de Pugmil.</t>
+  </si>
+  <si>
+    <t>Elmir Oliveira da Silva_x000D_
+Fabiano Peixoto Cardoso_x000D_
+Marco Antonio de Castro_x000D_
+Raynne Cabral Carneiro_x000D_
+William Pereira Mota</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/334/requerimento_n_58-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que ele elabore Projeto de Lei estabelecendo o REFIS em Pugmil._x000D_
 O Refis, que é um sistema de  facilitação para os devedores de impostos, taxas, multas e serviços, principalmente o IPTU possam quitar suas dívidas.</t>
   </si>
   <si>
+    <t>Fabiano Peixoto Cardoso_x000D_
+Raynne Cabral Carneiro</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/341/requerimento_n_60-2025.pdf</t>
+  </si>
+  <si>
     <t>Seja encaminhado expediente ao senhor Secretário Municipal da Agricultura, solicitando que seja estabelecido um horário específico para atender a cada agricultor, ser beneficiado com os serviços da máquina.</t>
   </si>
   <si>
-    <t>William Pereira Mota</t>
+    <t>Elmir Oliveira da Silva_x000D_
+William Pereira Mota</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/342/requerimento_n_61-2025.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao senhor Prefeito Municipal, que viabilize a iluminação do Ponto de ônibus situado à margem da Rodovia 153, saída para Paraíso.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/371/requerimento_n_74-2025.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/371/requerimento_n_74-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizada a limpeza e organização do aterro sanitário da cidade, e que reloque um guarda no local, para melhor monitoramento e orientações aos moradores, para descartarem o lixo corretamente.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/372/requerimento_n_75-2025.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/372/requerimento_n_75-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizada reforma do prédio onde funciona a Sala do Empreendedor.</t>
   </si>
   <si>
+    <t>Aldo Rodrigues Coelho_x000D_
+Bruno Mendes Cutrim_x000D_
+Elmir Oliveira da Silva_x000D_
+Raynne Cabral Carneiro_x000D_
+Vanielly Lino de Sousa</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/381/requerimento_n_79-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja viabilizada a instalação de lixeiras de proteção no Estádio Antônio Chupé nas laterais atrás das traves e que sejam instaladas novas lixeiras ao redor do campo.</t>
+  </si>
+  <si>
+    <t>Aldo Rodrigues Coelho_x000D_
+Bruno Mendes Cutrim_x000D_
+Fabiano Peixoto Cardoso_x000D_
+Marco Antonio de Castro_x000D_
+Vanielly Lino de Sousa_x000D_
+William Pereira Mota</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/386/requerimento_n_82-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja viabilizada a disponibilidade de lixeira para os moradores de Pugmil, para que sejam instaladas em frente às residências.</t>
+  </si>
+  <si>
+    <t>Solicitatado que o Poder Executivo encaminha para apreciação nesta Câmara Municipal de Pugmil, Projeto de Lei dispondo sobre a implantação de um Programa Municipal de Castração de Cães e Gatos, que terá como principal objetivo controlar o aumento da população desses animais</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/388/requerimento_no_84-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja implantado neste município de Pugmil, o programa NATAL SOLIDÁRIO a ser executado no mês de dezembro.</t>
+  </si>
+  <si>
+    <t>Aldo Rodrigues Coelho</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/401/requerimento_no_88-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja viabilizado plantio de árvores aos fundos do Parque de Vaquejada, com pelo menos três fileiras de árvores, para servirem de abrigo com sombra para os animais.</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/402/requerimento_no_89-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja viabilizado a mudança do nome do Estádio Antônio do Chupé, para ESTÁDIO ADÃO CABRAL, que era uma pessoa incentivadora do esporte e que ajudou muito para o desenvolvimento do esporte em nossa cidade</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/430/requerimento_no_101-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que, sejam instalados 2 (dois) QUIOSQUES no Parque de Vaquejada Clóvis Carneiro Campos, em que há vários eventos por ano e por isso há a necessidade desses dois quiosques para dar oportunidade de serviço para os comerciantes de Pugmil, do ramo de alimentos e bebidas, e a fim de que já nos próximos eventos haja estes pontos de apoio, que são por demais importantes, para que as pessoas tenham mais comodidade e mais acesso a alimentação e bebidas durante os eventos</t>
+  </si>
+  <si>
+    <t>MAP</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos</t>
+  </si>
+  <si>
     <t>Vanielly Lino de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/381/requerimento_n_79-2025.pdf</t>
-[...34 lines deleted...]
-  <si>
     <t>Seja encaminhada mensagem de congratulações à senhora JOANA DA SILVA LINO, em reconhecimento da sua trajetória, dedicação e contribuição ao desenvolvimento do nosso município de Pugmil-To.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/34/projeto_de_lei_do_legislativo_n_01-2025.pdf</t>
   </si>
   <si>
     <t>-Dispõe sobre o controle da poluição sonora e os limites máximos de intensidade da emissão de sons e ruídos resultantes de atividades urbanas e rurais no município de Pugmil – Tocantins</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -532,68 +616,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/412/projeto_de_lei_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/371/requerimento_n_74-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/372/requerimento_n_75-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/381/requerimento_n_79-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/386/requerimento_n_82-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/32/projeto_de_lei_05_executivo_aprovado20250319_09295000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/323/projeto_de_lei_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/321/projeto_de_lei_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/412/projeto_de_lei_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/4/requerimento_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/5/requerimento_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/26/requerimento_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/40/requerimento_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/41/requerimento_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/43/requerimento_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/137/requerimento_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/164/requerimento_n_55-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/334/requerimento_n_58-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/341/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/342/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/371/requerimento_n_74-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/372/requerimento_n_75-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/381/requerimento_n_79-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/386/requerimento_n_82-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/388/requerimento_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/401/requerimento_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/402/requerimento_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/430/requerimento_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/34/projeto_de_lei_do_legislativo_n_01-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -625,727 +709,727 @@
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>323</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>321</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>412</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
         <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
         <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>23</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
         <v>34</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H8" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>26</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
         <v>38</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H9" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>40</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
         <v>40</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="H10" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>41</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11">
         <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="H11" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>43</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12">
         <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="H12" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>137</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13">
         <v>48</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="H13" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>139</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
         <v>50</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H14" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>164</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15">
         <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H15" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>334</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16">
         <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H16" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>341</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17">
         <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="H17" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>342</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18">
         <v>61</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="H18" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>371</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19">
         <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="H19" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>372</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20">
         <v>75</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="H20" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>381</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21">
         <v>79</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="H21" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>386</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22">
         <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="H22" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>387</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
         <v>83</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H23" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>388</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
         <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="H24" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>401</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
         <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="H25" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>402</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
         <v>89</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="H26" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>430</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
         <v>101</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="H27" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>142</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E28" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F28" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H28" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>34</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="E29" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
       <c r="H29" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>