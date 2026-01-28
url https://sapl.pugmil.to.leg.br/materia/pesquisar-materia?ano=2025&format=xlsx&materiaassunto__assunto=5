--- v0 (2025-11-09)
+++ v1 (2026-01-28)
@@ -10,170 +10,238 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="59">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>ANGELO MARIO PEREIRA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/32/projeto_de_lei_05_executivo_aprovado20250319_09295000.pdf</t>
   </si>
   <si>
     <t>ALTERA PPA/LDO/LOA PARA O EXERCÍCIO FINANCEIRO DE 2025 E AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/324/projeto_de_lei_n_013-2025.pdf</t>
+  </si>
+  <si>
     <t>Altera o Anexo Único da Lei Municipal nº 410/2024 e dá outras providências.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/336/projeto_de_lei_n_015-2025.pdf</t>
+  </si>
+  <si>
     <t>"Ratifica o Protocolo de Intenções e autoriza o ingresso do Município de Pugmil em Consórcio Intermunicipal e dá outras providências."</t>
   </si>
   <si>
+    <t>http://146.190.132.89/</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o plano plurianual para o período de 20206/2029 e das outras providencias.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 (Ano de Referencia de 2025) e das outras providencias.</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a Despesa do Orçamento Anual do Município de Pugmil, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/468/projeto_de_lei_31_202520251215_10323149.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE PUGMIL – TO A FIRMAR TERMO DE COOPERAÇÃO TÉCNICA, FINANCEIRA E DE BENS MÓVEIS MÚTUA COM OS MUNICÍPIOS VIZINHOS DE PORTO NACIONAL, NOVA ROSALÂNDIA E PARAÍSO DO TOCANTINS, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Marco Antonio de Castro</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/144/requerimento_n_54-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja repassado para essa Câmara Municipal um RELATÓRIO constando o levantamento sobre as dívidas deixadas pela gestão anterior.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/377/requerimento_n_76-2025.pdf</t>
+    <t>Fabiano Peixoto Cardoso_x000D_
+Marco Antonio de Castro</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/377/requerimento_n_76-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que, ao fazer a reestruturação das vias públicas próximas à Avenida Transbrasiliana, que seja feita uma pista de cooper para as pessoas fazerem suas caminhadas.</t>
   </si>
   <si>
+    <t>Aldo Rodrigues Coelho_x000D_
+Bruno Mendes Cutrim_x000D_
+Elmir Oliveira da Silva_x000D_
+Fabiano Peixoto Cardoso_x000D_
+Raynne Cabral Carneiro_x000D_
+Vanielly Lino de Sousa_x000D_
+William Pereira Mota</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/378/requerimento_n_77-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja viabilizada a concessão de benefício fiscal através de isenção de impostos municipais, à empresas deste município que empregar formalmente jovens no primeiro emprego.</t>
+  </si>
+  <si>
+    <t>Aldo Rodrigues Coelho_x000D_
+Bruno Mendes Cutrim_x000D_
+Elmir Oliveira da Silva_x000D_
+Marco Antonio de Castro_x000D_
+Raynne Cabral Carneiro_x000D_
+William Pereira Mota</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/379/requerimento_n_78-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja viabilizada com possível urgência, a instalação de um BEBEDOURO na Quadra de Esporte da Escola José Batista Maciel Bastos.</t>
+  </si>
+  <si>
+    <t>William Pereira Mota</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/396/requerimento_no_85-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja feita a reforma da infraestrutura de irrigação do campo de futebol Antônio Chupé e colocar mais uma caixa d’agua pois a que está instalada lá não consegue molhar o campo todo.</t>
+  </si>
+  <si>
     <t>Fabiano Peixoto Cardoso</t>
   </si>
   <si>
-    <t>Solicita que seja viabilizada a concessão de benefício fiscal através de isenção de impostos municipais, à empresas deste município que empregar formalmente jovens no primeiro emprego.</t>
-[...13 lines deleted...]
-  <si>
     <t>Solicita que, na realização do evento NATAL SOLIDÁRIO, seja programado um momento especial para as crianças, com distribuição de brinquedos, alimentação e recreação, a fim de que, eles também tenham motivos para celebrar a alegria do natal.</t>
   </si>
   <si>
     <t>Vanielly Lino de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/408/requerimento_n_94.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/408/requerimento_n_94.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Senhor Prefeito Municipal, com cópia à Secretaria Municipal de Agricultura, em parceria com órgãos de saúde animal e universidades, solicitando a implantação de um programa itinerante de atendimento veterinário gratuito para animais de produção, com visitas periódicas às comunidades rurais.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/409/requerimento_n_95.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/409/requerimento_n_95.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Senhor Prefeito Municipal, com cópia para a Secretaria de Administração, solicitando providências quanto à situação dos lotes localizados no Setor Sul, atrás da Quadra Poliesportiva Celiomar Pereira, os quais haviam sido doados oficialmente em 2018, pela gestão da então Prefeita Maria de Jesus, mas que, posteriormente, na gestão seguinte, tiveram suas doações revogadas/revertidas administrativamente.</t>
   </si>
   <si>
     <t>Elmir Oliveira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/410/requerimento_n_96.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/410/requerimento_n_96.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Senhor Prefeito Municipal, solicitando que seja realizado um casamento comunitário, beneficiando os casais que ainda não oficializaram a sua união conjugal.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/428/requerimento_no_99-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicitando que, seja providencia a aquisição de VASSOURÃO e CARRINHO DE RECOLHER LIXO, para os Garis utilizarem em seu trabalho pelas ruas da cidade.</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/429/requerimento_no_100-2025.pdf</t>
+  </si>
+  <si>
     <t>Seja encaminhado expediente ao Senhor Prefeito Municipal, solicitando que, disponibilizado um telefone fixo ou um celular para ficar exclusivamente à disposição da Unidade de Saúde deste Município.</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
+  </si>
+  <si>
+    <t>Fabiano Peixoto Cardoso_x000D_
+Marco Antonio de Castro_x000D_
+Vanielly Lino de Sousa</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/340/pedido_de_providencias_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao senhor Prefeito Municipal, solicitando que o mesmo tome as devidas providências para atender o REQUERIMENTO N° 54/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -480,68 +548,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/377/requerimento_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/379/requerimento_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/408/requerimento_n_94.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/409/requerimento_n_95.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/410/requerimento_n_96.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/32/projeto_de_lei_05_executivo_aprovado20250319_09295000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/324/projeto_de_lei_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/336/projeto_de_lei_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/468/projeto_de_lei_31_202520251215_10323149.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/144/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/377/requerimento_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/378/requerimento_n_77-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/379/requerimento_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/396/requerimento_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/408/requerimento_n_94.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/409/requerimento_n_95.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/410/requerimento_n_96.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/428/requerimento_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/429/requerimento_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/340/pedido_de_providencias_n_02-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="89.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -573,411 +641,519 @@
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>324</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>336</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>144</v>
+        <v>437</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="H5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>377</v>
+        <v>465</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>378</v>
+        <v>447</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>379</v>
+        <v>468</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="H8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>396</v>
+        <v>144</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="H9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>403</v>
+        <v>377</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>408</v>
+        <v>378</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>409</v>
+        <v>379</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="H13" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>428</v>
+        <v>403</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H14" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>429</v>
+        <v>408</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="H15" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
+        <v>409</v>
+      </c>
+      <c r="B16">
+        <v>2025</v>
+      </c>
+      <c r="C16">
+        <v>95</v>
+      </c>
+      <c r="D16" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" t="s">
+        <v>42</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17">
+        <v>410</v>
+      </c>
+      <c r="B17">
+        <v>2025</v>
+      </c>
+      <c r="C17">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" t="s">
+        <v>47</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18">
+        <v>428</v>
+      </c>
+      <c r="B18">
+        <v>2025</v>
+      </c>
+      <c r="C18">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H18" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19">
+        <v>429</v>
+      </c>
+      <c r="B19">
+        <v>2025</v>
+      </c>
+      <c r="C19">
+        <v>100</v>
+      </c>
+      <c r="D19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20">
         <v>340</v>
       </c>
-      <c r="B16">
-[...2 lines deleted...]
-      <c r="C16">
+      <c r="B20">
+        <v>2025</v>
+      </c>
+      <c r="C20">
         <v>2</v>
       </c>
-      <c r="D16" t="s">
-[...12 lines deleted...]
-        <v>40</v>
+      <c r="D20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E20" t="s">
+        <v>55</v>
+      </c>
+      <c r="F20" t="s">
+        <v>56</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H20" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>