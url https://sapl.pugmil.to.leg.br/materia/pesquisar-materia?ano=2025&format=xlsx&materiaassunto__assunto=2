--- v0 (2025-11-09)
+++ v1 (2026-01-28)
@@ -10,132 +10,158 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="36">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>ANGELO MARIO PEREIRA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/</t>
+    <t>http://146.190.132.89/</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Alfabetização no Ensino Fundamental e dá outras providências.</t>
   </si>
   <si>
-    <t>Dispõe sobre a Revisão Geral Anual dos proventos dos profissionais da educação básica do Poder Executivo do Município de Pugmil – TO, e adota outras providências.</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/30/projeto_de_lei_n_003-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo I da Lei 243, de 18 de dezembro de 2017 que dispõe sobre a organização da Estrutura Administrativa do Poder Executivo do Município de Pugmil e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/31/projeto_de_lei_n_004-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo Único da Lei Municipal n° 410/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>William Pereira Mota</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/44/requerimento_no_36-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que, seja providenciada a instalação de câmeras de Videomonitoramento nas escolas instaladas em nossa cidade de Pugmil,  a fim de propiciar mais segurança, tanto para os alunos quanto para os profissionais da educação.</t>
   </si>
   <si>
     <t>Raynne Cabral Carneiro</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/48/requerimento_no_45-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja viabilizada a reforma do espaço físico da Secretaria Municipal de Educação, pois, o prédio é antigo e está em decadência, devido à falta de manutenções regulares.</t>
   </si>
   <si>
     <t>Elmir Oliveira da Silva</t>
   </si>
   <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/138/requerimento_n_49-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja  viabilizada a construção de calçada e a cobertura na frente da Creche Maria Ribeiro da Silva.</t>
   </si>
   <si>
     <t>Marco Antonio de Castro</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/143/requerimento_n_53-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reforma geral do CMEI Creche Maria Ribeiro da Silva._x000D_
 Esta reforma deve abranger a partes da estrutura física tais como,  pintura, troca de janelas quebradas, divisórias de banheiros e parte da iluminação externa.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/369/requerimento_n_72-2025.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/369/requerimento_n_72-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizada contratação de uma empresa especializada em FORMAÇÃO PARA O QUADRO DA EDUCAÇÃO, contemplando professores, alunos e demais profissionais da educação</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/370/requerimento_n_73-2025.pdf</t>
+    <t>Aldo Rodrigues Coelho_x000D_
+Fabiano Peixoto Cardoso_x000D_
+Raynne Cabral Carneiro</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2025/370/requerimento_n_73-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizada a aquisição de um ÔNIBUS exclusivo para a Educação do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -442,68 +468,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/369/requerimento_n_72-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2025/370/requerimento_n_73-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/30/projeto_de_lei_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/31/projeto_de_lei_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/44/requerimento_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/48/requerimento_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/138/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/143/requerimento_n_53-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/369/requerimento_n_72-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2025/370/requerimento_n_73-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="89.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="83.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="204" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -535,236 +561,236 @@
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>30</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>31</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
         <v>4</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>44</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
         <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H5" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>48</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>138</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
         <v>49</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="H7" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>143</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
         <v>53</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H8" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>369</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
         <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F9" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H9" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>370</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
         <v>73</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F10" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">