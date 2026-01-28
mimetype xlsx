--- v0 (2025-11-10)
+++ v1 (2026-01-28)
@@ -50,236 +50,236 @@
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Aldo Rodrigues Coelho_x000D_
 Alessandro Ribeiro de Sá_x000D_
 Fabiano Peixoto Cardoso_x000D_
 GISCARD PARENTE_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/145/requerimento_001-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/145/requerimento_001-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a instalação de Câmeras de vídeo - monitoramento no perímetro urbano desta cidade de Pugmil - Tocantins</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/146/requerimento_002-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/146/requerimento_002-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a reforma da Quadra de Esportes do Setor Bela Vista, incluindo a cobertura e a construção de vestiários.</t>
   </si>
   <si>
     <t>Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 GISCARD PARENTE_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/147/requerimento_003-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/147/requerimento_003-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize com máxima urgência, para ser realizado ainda neste exercício de 2024, o Concurso Público para provimento de cargos neste Município de Pugmil - Tocantins.</t>
   </si>
   <si>
     <t>Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/148/requerimento_004-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/148/requerimento_004-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize  a instalação de telas ás margens do Balneário Primavera, desta cidade de Pugmil - Tocantins.</t>
   </si>
   <si>
     <t>Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 NELMA ROSA AGUIAR_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/149/requerimento_005-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/149/requerimento_005-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo faça uma análise com relação à produção de energia renovável pelas placas solares deste Município, com o objetivo de distribuir as sobras às famílias carentes do nosso município.</t>
   </si>
   <si>
     <t>Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 NELMA ROSA AGUIAR_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/150/requerimento_006-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/150/requerimento_006-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a manutenção da iluminação pública da cidade, tanto no centro quanto nos setores oeste e bela vista.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/151/requerimento_007-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/151/requerimento_007-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo construa uma garagem coberta anexo à Creche Municipal, para abrigar os carros dos funcionários.</t>
   </si>
   <si>
     <t>Aldo Rodrigues Coelho_x000D_
 Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/152/requerimento_008-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/152/requerimento_008-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a criação de um auxílio de R$ 300,00 em Vale Alimentação para os cargos de Guarda, Auxiliar de Serviços Gerais e o Pessoal da limpeza urbana.</t>
   </si>
   <si>
     <t>Aldo Rodrigues Coelho_x000D_
 Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 NELMA ROSA AGUIAR_x000D_
 Raynne Cabral Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/153/requerimento_009-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/153/requerimento_009-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a instalação de Pontos de Ônibus, em locais específicos, na rota de transporte escolar urbano, a fim de abrigar as crianças que necessitam o transporte escolar.</t>
   </si>
   <si>
     <t>Aldo Rodrigues Coelho_x000D_
 Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 GISCARD PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NELMA ROSA AGUIAR_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/154/requerimento_010-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/154/requerimento_010-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a máxima urgência a resolução da situação grave com que se encontra a ponte do Rio Mangues.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/155/requerimento_011-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/155/requerimento_011-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a ampliação e a climatização do Salão de Eventos Leonardo Marinho, a fim de propiciar mais conforto às pessoas que utilizam aquele espaço ou que participem de eventos em geral.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/156/requerimento_012-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/156/requerimento_012-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo solicite informações sobre o Projeto de Lei n° 0353/2022 - Autoriza o Poder Executivo Municipal a conceder subvenção social à Fundação Pio XII, mantenedora do Hospital de Amor de Barretos, e dá outras providências.</t>
   </si>
   <si>
     <t>Aldo Rodrigues Coelho_x000D_
 Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 GISCARD PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/157/requerimento_013-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/157/requerimento_013-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a construção de uma Ponte sobre o Rio São José na divisa dos municípios de Pugmil e Paraíso do Tocantins.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/158/requerimento_014-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/158/requerimento_014-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo construa uma ponte sobre o córrego Fortaleza, na via que liga a Fazenda São Bento à Fazenda São José (conhecido como SUDAM).</t>
   </si>
   <si>
     <t>Aldo Rodrigues Coelho_x000D_
 Alessandro Ribeiro de Sá_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 GISCARD PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NELMA ROSA AGUIAR_x000D_
 Raynne Cabral Carneiro_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/159/requerimento_015-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/159/requerimento_015-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo realize através do Coordenador de Esporte de Pugmil, a ampliação da irrigação do Estádio de Futebol Antônio Xupé, a fim de melhorar a manutenção da grama.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/160/requerimento_016-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/160/requerimento_016-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a construção de um ABRIGO PARA CUIDAR DE IDOSOS com necessidades especiais e/ou hospitalares.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/161/requerimento_017-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/161/requerimento_017-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize a disponibilidade de um veículo com motorista, para ficar à disposição do Conselho Tutelar de Pugmil, com a máxima urgência.</t>
   </si>
   <si>
     <t>Aldo Rodrigues Coelho_x000D_
 DAYANE DO VALE_x000D_
 Fabiano Peixoto Cardoso_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/162/requerimento_018-2024.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2024/162/requerimento_018-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo viabilize  a construção exclusiva para sediar o Conselho Tutelar de Pugmil.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -586,68 +586,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/145/requerimento_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/146/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/147/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/148/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/149/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/150/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/151/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/152/requerimento_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/153/requerimento_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/154/requerimento_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/155/requerimento_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/156/requerimento_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/157/requerimento_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/158/requerimento_014-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/159/requerimento_015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/160/requerimento_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/161/requerimento_017-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2024/162/requerimento_018-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/145/requerimento_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/146/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/147/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/148/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/149/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/150/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/151/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/152/requerimento_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/153/requerimento_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/154/requerimento_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/155/requerimento_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/156/requerimento_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/157/requerimento_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/158/requerimento_014-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/159/requerimento_015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/160/requerimento_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/161/requerimento_017-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2024/162/requerimento_018-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="220" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>