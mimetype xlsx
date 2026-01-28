--- v0 (2025-11-10)
+++ v1 (2026-01-28)
@@ -45,263 +45,263 @@
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Nazaré Amâncio de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/184/projeto_de_lei_do_executivo_n_274-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/184/projeto_de_lei_do_executivo_n_274-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre piso salarial profissional dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/185/projeto_de_lei_do_executivo_n_278-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/185/projeto_de_lei_do_executivo_n_278-2019.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art. 1° da Lei Municipal n° 256/2018, de 09 de Abril de 2018, que Dispõe sobre a doação de lotes, sem benfeitorias, ás Famílias Carentes inscritas em Programa Habitacional do município de Pugmil - TO, dando ainda outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/186/projeto_de_lei_do_executivo_n_281-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/186/projeto_de_lei_do_executivo_n_281-2019.pdf</t>
   </si>
   <si>
     <t>"Concede ao servidor público municipal 01  (um) dia de folga remunerada, no dia de seu aniversário e dá outras providências".</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>DIRCINEU BOLINA</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/82/requerimento_no_001-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/82/requerimento_no_001-2019.pdf</t>
   </si>
   <si>
     <t>Requer que sejam mantidos os servidores efetivos nos seus cargos para os quais foram concursados.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 MARLEY BARBACENA_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/83/requerimento_de_n_002-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/83/requerimento_de_n_002-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado a esta Câmara Municipal, os valores da gratificação paga aos seguintes profissionais: Médico, Odontólogo, Auxiliar Odontólogo,Técnico do PSF.</t>
   </si>
   <si>
     <t>DIRCINEU BOLINA_x000D_
 JAMESVAL COELHO_x000D_
 MARLEY BARBACENA_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/84/requerimento_n_003-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/84/requerimento_n_003-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a instalação de três Lixeiras, em pontos estratégicos desta cidade de Pugmil, sendo uma saída sul e na saída norte da Rodovia BR 153, e uma saída para Pium, n Rodovia TO 354.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 MARLEY BARBACENA_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/85/requerimento_n_004-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/85/requerimento_n_004-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja eliminado o mato alto, e evitando incêndios que podem causar grandes prejuízos aos Fazendeiros e produtores rurais vizinhos.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 MARLEY BARBACENA_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/86/requerimento_n_007-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/86/requerimento_n_007-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado uma área para implantar o Distrito Industrial de Pugmil.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 MARLEY BARBACENA_x000D_
 NAZARE AMANCIO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/87/requerimento_n_008-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/87/requerimento_n_008-2019.pdf</t>
   </si>
   <si>
     <t>Requer que  confeccione uma Placa de Honra ao Mérito, para o Assessor Parlamentar e escritor Dourival Santiago.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/88/requerimento_de_n_009-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/88/requerimento_de_n_009-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo Municipal possa adquirir um Celular novo para o Conselho Tutelar de Pugmil, a fim de melhorar o trabalho dos conselheiros.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/89/requerimento_de_n_011-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/89/requerimento_de_n_011-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o município faça concurso público para provimento de cargos neste município, visto que há vários servidores em contratos temporários e em comissão, e por isto, não tem nenhuma estabilidade profissional.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/90/requerimento_de_n_012-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/90/requerimento_de_n_012-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo envia em anexo, o Projeto de Lei do PCCR da saúde e dos servidores do Quadro Geral, para que o Poder Executivo  possa analisar e devolver o mesmo à esta Câmara Municipal para ser votado.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/91/requerimento_de_n_013-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/91/requerimento_de_n_013-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita a substituição das lâmpadas queimadas, em todas as ruas da nossa cidade, pois a cidade está praticamente às escuras, visto que muitas lâmpadas estão queimadas e não está havendo a devida reposição.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/92/requerimento_de_n_014-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/92/requerimento_de_n_014-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo faça gestão junto ao Ministério Público e a Agência Tocantinense de Regulação, com vista a reduzir a alta taxa de fornecimento de água cobrada pela empresa ATS.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/93/requerimento_de_n_015-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/93/requerimento_de_n_015-2019.pdf</t>
   </si>
   <si>
     <t>Requer que elabore Projeto de Lei, determinando que a empresa concessionária do serviço de fornecimento de água, instale aparelho bloqueador de ar em todas as unidades consumidoras existentes em Pugmil.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 JAMESVAL COELHO_x000D_
 MARLEY BARBACENA_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/94/requerimento_de_n_016-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/94/requerimento_de_n_016-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo faça gestão à Secretaria de Ação Social do Município de Pugmil, determinando uma Ajuda Social Financeira, para as pessoas pertecentes a famílias carentes que possuam pessoas acamadas, com doença grave, deficiência física que o impeça de trabalhar.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/95/requerimento_de_n_017-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/95/requerimento_de_n_017-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo Municipal elabore normativa transformando o bônus de Final de ano aos profissionais da rede municipal de educação, proveniente de sobra do Fundeb, em 14º salário.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 MARLEY BARBACENA_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/96/requerimento_de_n_018-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/96/requerimento_de_n_018-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo "Dispõe sobre a Política de atendimento dos direitos da criança e do adolescente, e dá outras providências"</t>
   </si>
   <si>
     <t>AUL</t>
   </si>
   <si>
     <t>Autógrafo de Lei</t>
   </si>
   <si>
     <t>JAMESVAL COELHO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/318/autografo_de_lei_n_279-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/318/autografo_de_lei_n_279-2019.pdf</t>
   </si>
   <si>
     <t>"Altera o quantitativo de vagas do cargo Agente de Vigilância constante no anexo Único - quadro dos Servidores Efetivos da Lei n° 184, de 17 de fevereiro de 2015, que Dispõe sobre a estrutura de Cargos e Salários dos Servidores do quadro de provimento Efetivo do Município de Pugmil, alterada pelas Leis n° 223/2017, de 10 de Abril de 2017 e Lei n° 241/2017, de 18 de Dezembro de 2017."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/319/autografo_de_lei_n_280-2019.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2019/319/autografo_de_lei_n_280-2019.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo Único da Lei n° 273/2018, de 14 de dezembro de 2018, que dispõe sobre concentração por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -608,68 +608,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/184/projeto_de_lei_do_executivo_n_274-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/185/projeto_de_lei_do_executivo_n_278-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/186/projeto_de_lei_do_executivo_n_281-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/82/requerimento_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/83/requerimento_de_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/84/requerimento_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/85/requerimento_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/86/requerimento_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/87/requerimento_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/88/requerimento_de_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/89/requerimento_de_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/90/requerimento_de_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/91/requerimento_de_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/92/requerimento_de_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/93/requerimento_de_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/94/requerimento_de_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/95/requerimento_de_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/96/requerimento_de_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/318/autografo_de_lei_n_279-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2019/319/autografo_de_lei_n_280-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/184/projeto_de_lei_do_executivo_n_274-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/185/projeto_de_lei_do_executivo_n_278-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/186/projeto_de_lei_do_executivo_n_281-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/82/requerimento_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/83/requerimento_de_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/84/requerimento_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/85/requerimento_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/86/requerimento_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/87/requerimento_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/88/requerimento_de_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/89/requerimento_de_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/90/requerimento_de_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/91/requerimento_de_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/92/requerimento_de_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/93/requerimento_de_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/94/requerimento_de_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/95/requerimento_de_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/96/requerimento_de_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/318/autografo_de_lei_n_279-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2019/319/autografo_de_lei_n_280-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>