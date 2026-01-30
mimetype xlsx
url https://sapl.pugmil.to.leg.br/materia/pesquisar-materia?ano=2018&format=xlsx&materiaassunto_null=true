--- v0 (2025-11-09)
+++ v1 (2026-01-30)
@@ -45,314 +45,314 @@
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Maria de Jesus Ribeiro da Silva Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/193/projeto_de_lei_n_251-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/193/projeto_de_lei_n_251-2018.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a doar à NEUBINHO TRANSPORTES LTDA - ME, CNPJ 08. 800. 999/0001-65 a área de terreno urbano que especifica e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/188/projeto_de_lei_do_executivo_n_252-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/188/projeto_de_lei_do_executivo_n_252-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do item II - Câmara do Fundeb, do artigo 4°, da Lei nº 039/2007, de 28 de maio de 2007, alterado pelas Leis n° 064/2009, n° 075/2010, n° 094/2011, 103/2011 e 239/2017".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/189/projeto_de_lei_do_executivo_n_253-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/189/projeto_de_lei_do_executivo_n_253-2018.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo Único da Lei n° 242/2017, de 18 de Dezembro de 2017, que dispõe sobre contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso lX, do Público, nos termos do inciso IX, do art. 37 da Constituição Federal."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/190/projeto_de_lei_do_executivo_n_254-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/190/projeto_de_lei_do_executivo_n_254-2018.pdf</t>
   </si>
   <si>
     <t>" Altera a redação do § 2° do Art. 5°, altera e Revolga estratégias da Lei Municipal n° 189/2015, que aprova o Plano Municipal de Educação de Pugmil - Tocantins".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/194/projeto_de_lei_n_255-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/194/projeto_de_lei_n_255-2018.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo II da Lei n° 191/2015, que trata do Plano de Cargos, Carreiras e Remuneração dos Profissionais da Educação Básica do Município de Pugmil - TO (PCCR) -TO (PCCR), e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/195/projeto_de_lei_n_256-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/195/projeto_de_lei_n_256-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Doação de Lotes, sem benfeitorias, ás Famílias Carentes inscritas em Programa Habitacional do Município de pugmil - TO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/196/projeto_de_lei_n_257-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/196/projeto_de_lei_n_257-2018.pdf</t>
   </si>
   <si>
     <t>"Cria o Programa Municipal de incentivo à instalação e ampliação de empreendimentos empresariais no Município de Pugmil e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/197/projeto_de_lei_n_258-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/197/projeto_de_lei_n_258-2018.pdf</t>
   </si>
   <si>
     <t>"Cria no Orçamento Vigente Crédito Especial e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/199/projeto_de_lei_n260-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/199/projeto_de_lei_n260-2018.pdf</t>
   </si>
   <si>
     <t>"Altera os Anexos I e II da Lei n° 243/2018, que trata da Estrutura Administrativa do Poder Executivo de Pugmil, e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/192/projeto_de_lei_do_executivo_n_261-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/192/projeto_de_lei_do_executivo_n_261-2018.pdf</t>
   </si>
   <si>
     <t>"Fixa o Valor para pagamento de Obrigações de pequeno valor/RPV, decorrentes de decisões Judiciais, nos termos do Art. 100, parágrafos 3° e 4° da Constituição Federal".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/187/projeto_de_lei_do_executivo_n_262-2018_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/187/projeto_de_lei_do_executivo_n_262-2018_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revogação da Lei nº 179/2014, de 10 de Dezembro de 2014, bem como da Lei 209/2016, de 16 de Dezembro de 2016".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/191/projeto_de_lei_do_executivo_n_263-2018_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/191/projeto_de_lei_do_executivo_n_263-2018_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revogação das Leis n° 209/2016, de 16 de Dezembro de 2016 e n° 263/2018, de 10 de Julho de 2018".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/198/projeto_de_lei_n_259-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/198/projeto_de_lei_n_259-2018.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei n° 001/2004, de 20 de Fevereiro de 2004, que Cria o Conselho Municipal de Segurança Alimentar e Nutricional - COMSEA do Município de Pugmil, e dá outras providências."</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NAZARE AMANCIO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/74/requerimento_001-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/74/requerimento_001-2018.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado o calçamento do passeio público (calçada) do centro da cidade de  Pugmil.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/75/requerimento_02-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/75/requerimento_02-2018.pdf</t>
   </si>
   <si>
     <t>Requer instalação de Cestas para coleta de lixo nas ruas e avenidas da nossa cidade.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/76/requerimento_n_03-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/76/requerimento_n_03-2018.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido um reajuste aos servidores da saúde, abrangendo os seguintes cargos: Assessor de Programa de Saúde e Técnico em Enfermagem.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/77/requerimento_n_04-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/77/requerimento_n_04-2018.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido um reajuste aos servidores abrangendo os seguintes cargos: Agente de Fiscalização, Pedreiro, Carpinteiro e Operador de Máquina Leve.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NAZARE AMANCIO_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/78/requerimento_n_05-2018_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/78/requerimento_n_05-2018_.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a construção de uma travessia de pedestres tipo Lombo-faixa na BR 153, no trevo desta cidade de Pugmil, afim de evitar os constantes acidentes que vem ocorrendo.</t>
   </si>
   <si>
     <t>EDUARDO PARENTE</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/79/requerimento_no_06-2018_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/79/requerimento_no_06-2018_.pdf</t>
   </si>
   <si>
     <t>Requer que o município promova ações preventivas e orientações com relação a doenças, divulgação dos direitos e deveres do cidadão, resgate da autoestima, reforço dos laços familiares, despertar para atividades culturais e esportivas.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/80/requerimento_n_07-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/80/requerimento_n_07-2018.pdf</t>
   </si>
   <si>
     <t>Requer que o município, viabilize a criação de um Brigada de Incêndio para atender situações de urgência, tanto na zona rural quanto na zona urbana.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/81/requerimento_n_08-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/81/requerimento_n_08-2018.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado pelo município a elaboração de um Projeto de Lei modificado o artigo 1, inciso IV da Lei Municipal n° 119/2012, dando o direito aos proprietários idosos de baixa renda.</t>
   </si>
   <si>
     <t>AUL</t>
   </si>
   <si>
     <t>Autógrafo de Lei</t>
   </si>
   <si>
     <t>DIRCINEU BOLINA</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/295/autografo_de_lei_no_249-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/295/autografo_de_lei_no_249-2018.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a concessão de adicional a servidores que estiverem lotados e prestando serviços no PSF - Programa Saúde da Família e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/296/autografo_de_lei_no_250-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/296/autografo_de_lei_no_250-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Gratificação aos Servidores Públicos Municipais na participação em campanhas de Vacinação realizadas pela Secretaria Municipal de Saúde e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/297/autografo_de_lei_no_251-2018.pdf</t>
-[...32 lines deleted...]
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/308/autografo_de_lei_n_264-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/297/autografo_de_lei_no_251-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/298/autografo_de_lei_no_252-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/299/autografo_de_lei_no_253-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/300/autografo_de_lei_n_254-2018_.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/301/autografo_de_lei_n_255-2018_.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/302/autografo_de_lei_n_256-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/303/autografo_de_lei_n_257-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/304/autografo_de_lei_n_258-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/305/autografo_de_lei_n_259-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/306/autografo_de_lei_n_260-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/307/autografo_de_lei_n_262-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/308/autografo_de_lei_n_264-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do art. 37 da Constituição Federal e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/309/autografo_de_lei_no_265-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/309/autografo_de_lei_no_265-2018.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a alienar mediante doação ao Legislativo Municipal, imóvel urbano necessário à construção da nova sede do Poder Legislativo de Pugmil, Estado do Tocantins e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/310/autografo_de_lei_no_266-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/310/autografo_de_lei_no_266-2018.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art. 1° da Lei Municipal n° 256/2018, de 09 de abril de 2018, que dispõe sobre a doação de lotes, sem benfeitorias, às Famílias Carentes inscritas em Programa Habitacional do Município de Pugmil/TO e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/311/autografo_de_lei_n_267-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/311/autografo_de_lei_n_267-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para elaboração da Lei Orçamentaria para o exercício financeiro de 2019."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/312/autografo_de_lei_n_268-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/312/autografo_de_lei_n_268-2018.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa, estabelecendo o Programa de trabalho para o exercício de 2019."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/313/autografo_de_lei_n_269-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/313/autografo_de_lei_n_269-2018.pdf</t>
   </si>
   <si>
     <t>"Altera os Anexos da Lei 246/2017 de 18 de dezembro de 2017, que Dispõe sobre o Plano Plurianual 2018/2021".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/314/autografo_de_lei_no_270-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/314/autografo_de_lei_no_270-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do inciso IV do Art. 1º da Lei n° 119/2012 de 15 de Fevereiro de 2012 que Dispõe sobre concessão de isenção do pagamento de IPTU a imóveis que especifica e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/315/autografo_de_lei_no_271-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/315/autografo_de_lei_no_271-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a premiação "Aluno" nota Dez", aos estudantes do ensino fundamental das escolas da rede pública Municipal da cidade de pugmil e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/316/autografo_de_lei_no_272-2018.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/317/autografo_de_lei_no_273-2018.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/316/autografo_de_lei_no_272-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2018/317/autografo_de_lei_no_273-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre gratificação especial (GE) aos Técnicos de enfermagem e Motoristas Cat. "C e D" do Município de Pugmil/TO e dá outras providências".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -659,68 +659,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/193/projeto_de_lei_n_251-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/188/projeto_de_lei_do_executivo_n_252-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/189/projeto_de_lei_do_executivo_n_253-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/190/projeto_de_lei_do_executivo_n_254-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/194/projeto_de_lei_n_255-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/195/projeto_de_lei_n_256-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/196/projeto_de_lei_n_257-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/197/projeto_de_lei_n_258-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/199/projeto_de_lei_n260-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/192/projeto_de_lei_do_executivo_n_261-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/187/projeto_de_lei_do_executivo_n_262-2018_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/191/projeto_de_lei_do_executivo_n_263-2018_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/198/projeto_de_lei_n_259-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/74/requerimento_001-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/75/requerimento_02-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/76/requerimento_n_03-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/77/requerimento_n_04-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/78/requerimento_n_05-2018_.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/79/requerimento_no_06-2018_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/80/requerimento_n_07-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/81/requerimento_n_08-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/295/autografo_de_lei_no_249-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/296/autografo_de_lei_no_250-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/297/autografo_de_lei_no_251-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/298/autografo_de_lei_no_252-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/299/autografo_de_lei_no_253-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/300/autografo_de_lei_n_254-2018_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/301/autografo_de_lei_n_255-2018_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/302/autografo_de_lei_n_256-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/303/autografo_de_lei_n_257-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/304/autografo_de_lei_n_258-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/305/autografo_de_lei_n_259-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/306/autografo_de_lei_n_260-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/307/autografo_de_lei_n_262-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/308/autografo_de_lei_n_264-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/309/autografo_de_lei_no_265-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/310/autografo_de_lei_no_266-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/311/autografo_de_lei_n_267-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/312/autografo_de_lei_n_268-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/313/autografo_de_lei_n_269-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/314/autografo_de_lei_no_270-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/315/autografo_de_lei_no_271-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/316/autografo_de_lei_no_272-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2018/317/autografo_de_lei_no_273-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/193/projeto_de_lei_n_251-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/188/projeto_de_lei_do_executivo_n_252-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/189/projeto_de_lei_do_executivo_n_253-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/190/projeto_de_lei_do_executivo_n_254-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/194/projeto_de_lei_n_255-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/195/projeto_de_lei_n_256-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/196/projeto_de_lei_n_257-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/197/projeto_de_lei_n_258-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/199/projeto_de_lei_n260-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/192/projeto_de_lei_do_executivo_n_261-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/187/projeto_de_lei_do_executivo_n_262-2018_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/191/projeto_de_lei_do_executivo_n_263-2018_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/198/projeto_de_lei_n_259-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/74/requerimento_001-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/75/requerimento_02-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/76/requerimento_n_03-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/77/requerimento_n_04-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/78/requerimento_n_05-2018_.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/79/requerimento_no_06-2018_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/80/requerimento_n_07-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/81/requerimento_n_08-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/295/autografo_de_lei_no_249-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/296/autografo_de_lei_no_250-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/297/autografo_de_lei_no_251-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/298/autografo_de_lei_no_252-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/299/autografo_de_lei_no_253-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/300/autografo_de_lei_n_254-2018_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/301/autografo_de_lei_n_255-2018_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/302/autografo_de_lei_n_256-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/303/autografo_de_lei_n_257-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/304/autografo_de_lei_n_258-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/305/autografo_de_lei_n_259-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/306/autografo_de_lei_n_260-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/307/autografo_de_lei_n_262-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/308/autografo_de_lei_n_264-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/309/autografo_de_lei_no_265-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/310/autografo_de_lei_no_266-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/311/autografo_de_lei_n_267-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/312/autografo_de_lei_n_268-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/313/autografo_de_lei_n_269-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/314/autografo_de_lei_no_270-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/315/autografo_de_lei_no_271-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/316/autografo_de_lei_no_272-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2018/317/autografo_de_lei_no_273-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>