--- v0 (2025-11-09)
+++ v1 (2026-01-29)
@@ -45,494 +45,494 @@
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Maria de Jesus Ribeiro da Silva Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/200/projeto_de_lei_215-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/200/projeto_de_lei_215-2017.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo Único da Lei n° 184 de 19 de Fevereiro de 2015 que Dispõe sobre a Estrutura de Cargos e Salários dos Servidores do Quadro de Provimento Efetivo do Município de Pugmil e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/209/projeto_de_lei_no_216-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/209/projeto_de_lei_no_216-2017.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos I e II da Lei n° 71/2010, que trata da Estrutura Administrativa do Poder Executivo do Município de Pugmil, e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/210/projeto_de_lei_no_217-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/210/projeto_de_lei_no_217-2017_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do art. 37 da Constituição Federal e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/211/projeto_de_lei_no_218-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/211/projeto_de_lei_no_218-2017_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação do Conselho Municipal de Assistência Social de Pugmil - TO, e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/212/projeto_de_lei_no_219-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/212/projeto_de_lei_no_219-2017_.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo II da Lei n° 195/2015, que trata do Plano de Cargos, Carreiras e Remuneração dos Profissionais da Educação Básica do Município de Pugmil - TO (PCCR), e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/201/projeto_de_lei_n_220-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/201/projeto_de_lei_n_220-2017.pdf</t>
   </si>
   <si>
     <t>"Altera o caput do Art. 113 da Lei n° 005/2003, que Dispõe sobre a licença à funcionária gestante do Estatuto dos Servidores públicos de Pugmil e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/202/projeto_de_lei_n_221-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/202/projeto_de_lei_n_221-2017_.pdf</t>
   </si>
   <si>
     <t>"Cria o Programa Bolsa Aluguel Social na Forma que Específica e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/203/projeto_de_lei_n_222-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/203/projeto_de_lei_n_222-2017.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei n° 012, de 08 de agosto de 2005, que Dispõe sobre a política de atendimento dos direitos da criança e do adolescente, alterada pela Lei n° 151, de 14 de Outubro de 2013, e adota outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/204/projeto_de_lei_n_223-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/204/projeto_de_lei_n_223-2017_.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo I da Lei n° 71/2010, que trata da Estrutura Administrativa do Poder Executivo do Município de Pugmil, para fins de criar os Cargos de Diretor de Meio Ambiente e Saneamento e Diretor de Promoção da Mulher, e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/205/projeto_de_lei_n_224-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/205/projeto_de_lei_n_224-2017.pdf</t>
   </si>
   <si>
     <t>"Cria o Conselho Municipal de Desenvolvimento Rural Sustentável do Município de Pugmil -TO, e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/206/projeto_de_lei_n_225-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/206/projeto_de_lei_n_225-2017_.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei n° 184, de 17 de fevereiro de 2015, que Dispõe sobre a Estrutura de Cargos e Salários dos Servidores do Quadro de Provimento Efetivo do Município de Pugmil, para incluir os cargos de educador físico e mecânico, e altera o Anexo Único para Aumentar o quantitativo de vagas de Motorista categoria "D" e Auxiliar de Serviços Manutenção e Alimentação e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/207/projeto_de_lei_n_226-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/207/projeto_de_lei_n_226-2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do art. 37 da Constituição Federal e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/208/projeto_de_lei_n_227-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/208/projeto_de_lei_n_227-2017.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei n° 158/13, de 26 de novembro de 2013, que institui o Conselho Municipal de Meio Ambiente e dá outras providências".</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 EDUARDO PARENTE_x000D_
 NAZARE AMANCIO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/242/parecer_da_comissao_decreto_legislativo_001-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/242/parecer_da_comissao_decreto_legislativo_001-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre licença maternidade e paternidade e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>DIRCINEU BOLINA</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/55/requerimento_n_001-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/55/requerimento_n_001-2017.pdf</t>
   </si>
   <si>
     <t>Requer que elabore um Projeto de Lei e encaminhe para a devida apreciação, propondo reajuste salarial para os servidores do Quadro Geral da Administração.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/56/requerimento_n_002-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/56/requerimento_n_002-2017_.pdf</t>
   </si>
   <si>
     <t>Requer que seja elaborado Projeto de Lei para a devida apreciação, instituindo a Licença Maternidade de 06 (seis) meses às servidoras Públicas deste Município.</t>
   </si>
   <si>
     <t>VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/57/requerimento_003-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/57/requerimento_003-2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizada a aquisição de um ônibus para atender ao povo desde município de Pugmil.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NAZARE AMANCIO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/58/requerimento_004-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/58/requerimento_004-2017.pdf</t>
   </si>
   <si>
     <t>Requer que o Município estabeleça o serviço de transporte de crianças que residem  no centro e no Setor Sul, para a Crecha Bela Vista.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/59/requerimento_no_005_2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/59/requerimento_no_005_2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado neste Município uma ACADEMIA AO AR LIVRE, para servir de opção às pessoas que necessitam praticar exercícios físicos e que não tem condições de arcar com as despesas.</t>
   </si>
   <si>
     <t>DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 JAMESVAL COELHO_x000D_
 NAZARE AMANCIO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/60/requerimento_no_007_2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/60/requerimento_no_007_2017_.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado que seja construído quebra-molas nas principais ruas de Pugmil, a fim de promover melhor segurança no transito da cidade.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/61/requerimento_no_008_2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/61/requerimento_no_008_2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a construção de arquibancada, vestiários com banheiros e instalação de alambrado no Campo de Futebol Antônio Chupé, a fim de propiciar melhores acomodações aos torcedores e segurança aos jogadores.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/62/requerimento_no_009_2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/62/requerimento_no_009_2017_.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a construção de arquibancada, vestiários com banheiros e instalação de alambrado na Quadra Poliesportiva Celiomar Pereira da Silva, situada no Setor Sul desta cidade de Pugmil, a fim de propiciar melhores acomodações aos torcedores e segurança aos jogadores.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/63/requerimento_n_010_2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/63/requerimento_n_010_2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a construção de uma Rotatória na rua São Paulo esquina com a Avenida Paraná, localizada no sentido Mangues e que dá acesso à pista de Vaquejada, a fim de evitar acidentes.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/64/requerimento_no_011_2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/64/requerimento_no_011_2017_.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a sinalização das ruas de Pugmil que já estão asfaltadas, especialmente onde houver ou que vier a ser construído Quebra-Molas.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/65/requerimento_n_012_2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/65/requerimento_n_012_2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a elaboração do PLANO DE CARGO, CARREIRA, E REMUNERAÇÃO - PCCR dos servidores da saúde.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/66/requerimento_n_013_2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/66/requerimento_n_013_2017_.pdf</t>
   </si>
   <si>
     <t>Requer que providencie a elaboração de um Projeto de Lei concedendo a todos os servidores do município, tanto os efetivos quanto os comissionados, FOLGA REMUNERADA no dia do seu aniversário.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DAYANE DO VALE_x000D_
 DIRCINEU BOLINA_x000D_
 EDUARDO PARENTE_x000D_
 NAZARE AMANCIO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/67/requerimento_n_014_2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/67/requerimento_n_014_2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a elaboração do PLANO DE CARGO, CARREIRA, E REMUNERAÇÃO - PCCR do Quadro Geral de Servidores deste Município de Pugmil.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/68/requerimento_015-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/68/requerimento_015-2017.pdf</t>
   </si>
   <si>
     <t>Requer que viabilize a execução de um programa de abastecimento de água para as fazendas deste município de Pugmil.</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/69/requerimento_016-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/69/requerimento_016-2017.pdf</t>
   </si>
   <si>
     <t>Requer que viabilize a elaboração de um Projeto de Lei e encaminhe para apreciação nesta Câmara Municipal, estabelecendo programa de REFIS.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/70/requerimento_018-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/70/requerimento_018-2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído um CÔMODO no Cemitério desta cidade, para guardar equipamentos e objetos utilizados na abertura de covas e sepultamentos de pessoas.</t>
   </si>
   <si>
     <t>EDUARDO PARENTE</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/71/requerimento_020-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/71/requerimento_020-2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita a interligação da Avenida Nova Rosalândia à Rodovia BR 153, no Setor Bela Vista, a fim de melhorar o sistema viário urbano da cidade.</t>
   </si>
   <si>
     <t>NELMA ROSA AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/72/requerimento_020-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/72/requerimento_020-2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído um QUEBRA - MOLAS na Avenida Palmas, no Setor Oeste, a fim de que haja mais segurança e menos risco de acidentes.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/73/requerimento_022-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/73/requerimento_022-2017.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído um Quebra - Molas na Rua Pium, no Setor Bela Vista, a fim de que haja mais segurança e menos riscos de acidentes.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/238/projeto_de_lei_do_legislativo_no_002-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/238/projeto_de_lei_do_legislativo_no_002-2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre determinação ao Município de Pugmil - Tocantins, a atender Consultas do SUS de outros municípios e dá outras providências."</t>
   </si>
   <si>
     <t>ANGELO MARIO ALVES_x000D_
 DIRCINEU BOLINA_x000D_
 JAMESVAL COELHO_x000D_
 NAZARE AMANCIO_x000D_
 NELMA ROSA AGUIAR_x000D_
 SANDRA GOMES_x000D_
 VALDIRENO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/239/projeto_de_lei_do_legislativo_n_004-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/239/projeto_de_lei_do_legislativo_n_004-2017.pdf</t>
   </si>
   <si>
     <t>Concede o Título Honorífico de Cidadão Pugmilense ao senhor Dourival Martins Santiago e dá outras providências.</t>
   </si>
   <si>
     <t>AUL</t>
   </si>
   <si>
     <t>Autógrafo de Lei</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/268/autografo_de_leis_no_222_2017.pdf</t>
-[...20 lines deleted...]
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/275/autografo_de_lei_n_229-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/268/autografo_de_leis_no_222_2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/269/autografo_de_lei_no_223_2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/270/autografo_de_lei_no_224.2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/271/autografo_de_lei_n_225_-2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/272/autografo_de_lei_n_226-2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/273/autografo_de_lei_no_227-2017_.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/274/autografo_de_lei_n_o_228-2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/275/autografo_de_lei_n_229-2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre gratificação aos Auxiliares de Limpeza Urbana do Município de Pugmil - TO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/276/autografo_de_lei_no_230-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/276/autografo_de_lei_no_230-2017.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre alteração do Art. 103 da Lei n° 005/2003 (Estatuto dos Servidores Públicos de Pugmil - TO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/277/autografo_de_lei_n_231-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/277/autografo_de_lei_n_231-2017.pdf</t>
   </si>
   <si>
     <t>"Cria Programa para recuperação de Créditos Fiscais - REFIS Municipal, e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/278/autografo_de_lei_n_232-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/278/autografo_de_lei_n_232-2017.pdf</t>
   </si>
   <si>
     <t>"Cria no Orçamento Vigente Crédito Especial e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/279/autografo_de_lei_n_233-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/279/autografo_de_lei_n_233-2017_.pdf</t>
   </si>
   <si>
     <t>"Introduz alteração no Art. 104 da Lei n° 005/2003 de 02 de Junho de 2003 (Estatuto dos Servidores Públicos de Pugmil - TO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/280/autografo_de_lei_n_234-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/280/autografo_de_lei_n_234-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar prestação dos serviços públicos de abastecimento de água e esgotamento sanitário do Município de Pugmil - TO, sob o regime de concessão, em conformidade com as Leis Federais n° 8.666/93, com suas alterações pela Lei n° 8.883/94 e 8.987/95, com suas alterações pela Lei 9.074/95 e 11.445/2007".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/281/autografo_de_lei_n_235-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/281/autografo_de_lei_n_235-2017_.pdf</t>
   </si>
   <si>
     <t>"Cria o Diário Oficial do Município de Pugmil - TO como meio oficial de comunicação dos atos normativos e administrativos do município e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/282/autografo_de_lei_n_236-2017.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/283/autografo_de_lei_n_237-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/282/autografo_de_lei_n_236-2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/283/autografo_de_lei_n_237-2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o sistema Único de Assistência Social do Município PUGMIL - TO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/284/autografo_de_lei_n_238-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/284/autografo_de_lei_n_238-2017_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual para o período 2018/2021".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/285/autografo_de_lei_n_239-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/285/autografo_de_lei_n_239-2017_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para elaboração da Lei Orçamentaria para o exercício financeiro de 2018".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/286/autografo_de_lei_n_240-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/286/autografo_de_lei_n_240-2017.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa, estabelecendo o Programa de Trabalho para o exercício de 2018".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/287/autografo_de_lei_n_241-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/287/autografo_de_lei_n_241-2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do item II - Câmara do Fundeb, do artigo 4°, da Lei nº 039/2007, de 28 de maio de 2007, alterado pelas Leis n° 064/2009, n° 075/2010, n° 094/2011 e 103/2011".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/288/autografo_de_lei_n_242-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/288/autografo_de_lei_n_242-2017.pdf</t>
   </si>
   <si>
     <t>"Cria critérios para pagamento da gratificação natalina (13° salário) dos servidores público do Poder Executivo do Município de pugmil - TO, de que trata a Subseção III, nos Artigos 66 aos 70 da Lei n° 005/2003 de 02 de Junho de 2003 (Estado dos Servidores públicos de pugmil - TO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/289/autografo_de_lei_n_243-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/289/autografo_de_lei_n_243-2017.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei n° 184, de 17 de fevereiro de 2015, que dispõe sobre a Estrutura de Cargos e Salários dos servidores do Quadro de provimento Efetivo do município de Pugmil, alterada pela Lei n° 223/2017, de 10 de abril de 2017, para incluir o cargo de médico veterinário, e altera o Anexo Único no que concerne a carga horária semanal e vencimento do cargo de Farmacêutico, parta melhor atendimento a farmácia básica da Unidade de Saúde e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/290/autografo_de_lei_n_244-2017.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/291/autografo_de_lei_n_245-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/290/autografo_de_lei_n_244-2017.pdf</t>
+  </si>
+  <si>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/291/autografo_de_lei_n_245-2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a organização da estrutura Administrativa do Poder Executivo do Município de Pugmil, estabelece Quadro dos Cargos em Comissão, fixa as remunerações quantitativos e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/292/autografo_de_lei_n_246-2017_.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/292/autografo_de_lei_n_246-2017_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração dos Artigos 2° e 6° da Lei n° 157/13 de 26 de novembro de 2013, que institui o Fundo Municipal de Meio Ambiente (FMMA) e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/293/autografo_de_lei_n_247-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/293/autografo_de_lei_n_247-2017.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa Municipal de Construção e auxílio financeiro na aquisição de material de construção a Famílias em situação de vulnerabilidade Social do município Pugmil, Estado do Tocantins e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/294/autografo_de_lei_n_248-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/294/autografo_de_lei_n_248-2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação de materiais de construção à Câmara Municipal de Pugmil e dá outras providências."</t>
   </si>
   <si>
     <t>AULC</t>
   </si>
   <si>
     <t>Autógrafo de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/266/autografo_de_lei_complementar_n_003-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/266/autografo_de_lei_complementar_n_003-2017.pdf</t>
   </si>
   <si>
     <t>Cria o serviço de Inspeção Municipal - SIM, no âmbito do Município de Pugmil - TO, e adota outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/267/autografo_de_lei_complementar_n_004-2017.pdf</t>
+    <t>http://146.190.132.89/sapl/public/materialegislativa/2017/267/autografo_de_lei_complementar_n_004-2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 001, de 21 de Setembro de 2005, que institui o novo código Tributário do Município de Pugmil - TO, na forma que específica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -839,68 +839,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/200/projeto_de_lei_215-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/209/projeto_de_lei_no_216-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/210/projeto_de_lei_no_217-2017_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/211/projeto_de_lei_no_218-2017_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/212/projeto_de_lei_no_219-2017_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/201/projeto_de_lei_n_220-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/202/projeto_de_lei_n_221-2017_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/203/projeto_de_lei_n_222-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/204/projeto_de_lei_n_223-2017_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/205/projeto_de_lei_n_224-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/206/projeto_de_lei_n_225-2017_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/207/projeto_de_lei_n_226-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/208/projeto_de_lei_n_227-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/242/parecer_da_comissao_decreto_legislativo_001-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/55/requerimento_n_001-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/56/requerimento_n_002-2017_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/57/requerimento_003-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/58/requerimento_004-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/59/requerimento_no_005_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/60/requerimento_no_007_2017_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/61/requerimento_no_008_2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/62/requerimento_no_009_2017_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/63/requerimento_n_010_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/64/requerimento_no_011_2017_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/65/requerimento_n_012_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/66/requerimento_n_013_2017_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/67/requerimento_n_014_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/68/requerimento_015-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/69/requerimento_016-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/70/requerimento_018-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/71/requerimento_020-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/72/requerimento_020-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/73/requerimento_022-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/238/projeto_de_lei_do_legislativo_no_002-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/239/projeto_de_lei_do_legislativo_n_004-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/268/autografo_de_leis_no_222_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/269/autografo_de_lei_no_223_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/270/autografo_de_lei_no_224.2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/271/autografo_de_lei_n_225_-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/272/autografo_de_lei_n_226-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/273/autografo_de_lei_no_227-2017_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/274/autografo_de_lei_n_o_228-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/275/autografo_de_lei_n_229-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/276/autografo_de_lei_no_230-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/277/autografo_de_lei_n_231-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/278/autografo_de_lei_n_232-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/279/autografo_de_lei_n_233-2017_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/280/autografo_de_lei_n_234-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/281/autografo_de_lei_n_235-2017_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/282/autografo_de_lei_n_236-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/283/autografo_de_lei_n_237-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/284/autografo_de_lei_n_238-2017_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/285/autografo_de_lei_n_239-2017_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/286/autografo_de_lei_n_240-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/287/autografo_de_lei_n_241-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/288/autografo_de_lei_n_242-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/289/autografo_de_lei_n_243-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/290/autografo_de_lei_n_244-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/291/autografo_de_lei_n_245-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/292/autografo_de_lei_n_246-2017_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/293/autografo_de_lei_n_247-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/294/autografo_de_lei_n_248-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/266/autografo_de_lei_complementar_n_003-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pugmil.to.leg.br/sapl/public/materialegislativa/2017/267/autografo_de_lei_complementar_n_004-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/200/projeto_de_lei_215-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/209/projeto_de_lei_no_216-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/210/projeto_de_lei_no_217-2017_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/211/projeto_de_lei_no_218-2017_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/212/projeto_de_lei_no_219-2017_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/201/projeto_de_lei_n_220-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/202/projeto_de_lei_n_221-2017_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/203/projeto_de_lei_n_222-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/204/projeto_de_lei_n_223-2017_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/205/projeto_de_lei_n_224-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/206/projeto_de_lei_n_225-2017_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/207/projeto_de_lei_n_226-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/208/projeto_de_lei_n_227-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/242/parecer_da_comissao_decreto_legislativo_001-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/55/requerimento_n_001-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/56/requerimento_n_002-2017_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/57/requerimento_003-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/58/requerimento_004-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/59/requerimento_no_005_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/60/requerimento_no_007_2017_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/61/requerimento_no_008_2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/62/requerimento_no_009_2017_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/63/requerimento_n_010_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/64/requerimento_no_011_2017_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/65/requerimento_n_012_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/66/requerimento_n_013_2017_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/67/requerimento_n_014_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/68/requerimento_015-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/69/requerimento_016-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/70/requerimento_018-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/71/requerimento_020-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/72/requerimento_020-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/73/requerimento_022-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/238/projeto_de_lei_do_legislativo_no_002-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/239/projeto_de_lei_do_legislativo_n_004-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/268/autografo_de_leis_no_222_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/269/autografo_de_lei_no_223_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/270/autografo_de_lei_no_224.2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/271/autografo_de_lei_n_225_-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/272/autografo_de_lei_n_226-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/273/autografo_de_lei_no_227-2017_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/274/autografo_de_lei_n_o_228-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/275/autografo_de_lei_n_229-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/276/autografo_de_lei_no_230-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/277/autografo_de_lei_n_231-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/278/autografo_de_lei_n_232-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/279/autografo_de_lei_n_233-2017_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/280/autografo_de_lei_n_234-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/281/autografo_de_lei_n_235-2017_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/282/autografo_de_lei_n_236-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/283/autografo_de_lei_n_237-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/284/autografo_de_lei_n_238-2017_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/285/autografo_de_lei_n_239-2017_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/286/autografo_de_lei_n_240-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/287/autografo_de_lei_n_241-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/288/autografo_de_lei_n_242-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/289/autografo_de_lei_n_243-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/290/autografo_de_lei_n_244-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/291/autografo_de_lei_n_245-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/292/autografo_de_lei_n_246-2017_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/293/autografo_de_lei_n_247-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/294/autografo_de_lei_n_248-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/266/autografo_de_lei_complementar_n_003-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://146.190.132.89/sapl/public/materialegislativa/2017/267/autografo_de_lei_complementar_n_004-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>